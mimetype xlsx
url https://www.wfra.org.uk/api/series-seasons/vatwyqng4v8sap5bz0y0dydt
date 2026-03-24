--- v0 (2025-11-06)
+++ v1 (2026-03-24)
@@ -949,51 +949,51 @@
   <si>
     <t>Everett</t>
   </si>
   <si>
     <t>Caerleon RC</t>
   </si>
   <si>
     <t>Maurice</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Al</t>
   </si>
   <si>
     <t>Smithson</t>
   </si>
   <si>
     <t>Mersey Tri</t>
   </si>
   <si>
     <t>Jules</t>
   </si>
   <si>
-    <t>TOONE</t>
+    <t>Toone</t>
   </si>
   <si>
     <t>Robin</t>
   </si>
   <si>
     <t>Bacon</t>
   </si>
   <si>
     <t>Ed</t>
   </si>
   <si>
     <t>Shropshire Shufflers</t>
   </si>
   <si>
     <t>Bayford</t>
   </si>
   <si>
     <t>Beeson</t>
   </si>
   <si>
     <t>Maldwyn Harriers</t>
   </si>
   <si>
     <t>Court</t>
   </si>
@@ -6286,50 +6286,53 @@
         <v>28</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
         <v>84</v>
       </c>
       <c r="K112">
         <v>0</v>
       </c>
       <c r="L112">
         <v>120.72</v>
       </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>121</v>
       </c>
       <c r="C113" t="s">
         <v>256</v>
       </c>
+      <c r="D113">
+        <v>949</v>
+      </c>
       <c r="E113" t="s">
         <v>257</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>16</v>
       </c>
       <c r="H113">
         <v>13</v>
       </c>
       <c r="I113" t="b">
         <v>0</v>
       </c>
       <c r="J113" t="s">
         <v>109</v>
       </c>
       <c r="K113">
         <v>0</v>
       </c>
       <c r="L113">
         <v>120.65</v>
       </c>
     </row>
@@ -7584,50 +7587,53 @@
       <c r="H148">
         <v>37</v>
       </c>
       <c r="I148" t="b">
         <v>0</v>
       </c>
       <c r="J148" t="s">
         <v>98</v>
       </c>
       <c r="K148">
         <v>0</v>
       </c>
       <c r="L148">
         <v>111.56</v>
       </c>
     </row>
     <row r="149" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>312</v>
       </c>
       <c r="C149" t="s">
         <v>313</v>
+      </c>
+      <c r="D149">
+        <v>1922</v>
       </c>
       <c r="E149" t="s">
         <v>53</v>
       </c>
       <c r="F149" t="s">
         <v>33</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>12</v>
       </c>
       <c r="I149" t="b">
         <v>0</v>
       </c>
       <c r="J149" t="s">
         <v>109</v>
       </c>
       <c r="K149">
         <v>0</v>
       </c>
       <c r="L149">
         <v>111.5</v>
       </c>