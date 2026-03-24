--- v0 (2025-12-22)
+++ v1 (2026-03-24)
@@ -3717,50 +3717,53 @@
         <v>0</v>
       </c>
       <c r="J59" t="s">
         <v>148</v>
       </c>
       <c r="K59">
         <v>1</v>
       </c>
       <c r="L59">
         <v>150.33</v>
       </c>
       <c r="M59">
         <v>150.33</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>149</v>
       </c>
       <c r="C60" t="s">
         <v>150</v>
       </c>
+      <c r="D60">
+        <v>2561</v>
+      </c>
       <c r="E60" t="s">
         <v>151</v>
       </c>
       <c r="F60" t="s">
         <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60">
         <v>14</v>
       </c>
       <c r="I60" t="b">
         <v>0</v>
       </c>
       <c r="J60" t="s">
         <v>148</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60">
         <v>143.59</v>
       </c>
       <c r="M60">