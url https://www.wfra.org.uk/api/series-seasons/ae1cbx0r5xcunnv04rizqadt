--- v0 (2026-02-06)
+++ v1 (2026-03-24)
@@ -3863,50 +3863,53 @@
         <v>1</v>
       </c>
       <c r="J66" t="s">
         <v>18</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66">
         <v>64.1</v>
       </c>
       <c r="M66">
         <v>64.1</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>168</v>
       </c>
       <c r="C67" t="s">
         <v>169</v>
       </c>
+      <c r="D67">
+        <v>2585</v>
+      </c>
       <c r="E67" t="s">
         <v>170</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
         <v>17</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
         <v>171</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67">
         <v>158.31</v>
       </c>
       <c r="M67">
@@ -4015,50 +4018,53 @@
         <v>0</v>
       </c>
       <c r="J70" t="s">
         <v>171</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70">
         <v>135.71</v>
       </c>
       <c r="M70">
         <v>135.71</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>178</v>
       </c>
       <c r="C71" t="s">
         <v>179</v>
       </c>
+      <c r="D71">
+        <v>2534</v>
+      </c>
       <c r="E71" t="s">
         <v>141</v>
       </c>
       <c r="F71" t="s">
         <v>67</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71">
         <v>13</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
         <v>171</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
       <c r="L71">
         <v>133.91</v>
       </c>
       <c r="M71">
@@ -4284,50 +4290,53 @@
         <v>0</v>
       </c>
       <c r="J77" t="s">
         <v>171</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77">
         <v>115.89</v>
       </c>
       <c r="M77">
         <v>115.89</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>191</v>
       </c>
       <c r="C78" t="s">
         <v>192</v>
       </c>
+      <c r="D78">
+        <v>2490</v>
+      </c>
       <c r="E78" t="s">
         <v>126</v>
       </c>
       <c r="F78" t="s">
         <v>67</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78">
         <v>16</v>
       </c>
       <c r="I78" t="b">
         <v>0</v>
       </c>
       <c r="J78" t="s">
         <v>171</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78">
         <v>108.24</v>
       </c>
       <c r="M78">
@@ -4667,50 +4676,53 @@
         <v>0</v>
       </c>
       <c r="J87" t="s">
         <v>171</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87">
         <v>95</v>
       </c>
       <c r="M87">
         <v>95</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>87</v>
       </c>
       <c r="C88" t="s">
         <v>208</v>
       </c>
+      <c r="D88">
+        <v>2516</v>
+      </c>
       <c r="E88" t="s">
         <v>24</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>58</v>
       </c>
       <c r="H88">
         <v>3</v>
       </c>
       <c r="I88" t="b">
         <v>0</v>
       </c>
       <c r="J88" t="s">
         <v>171</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
       <c r="L88">
         <v>93.77</v>
       </c>
       <c r="M88">
@@ -5239,50 +5251,53 @@
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
         <v>171</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
         <v>83.83</v>
       </c>
       <c r="M102">
         <v>83.83</v>
       </c>
     </row>
     <row r="103" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>235</v>
       </c>
       <c r="C103" t="s">
         <v>236</v>
+      </c>
+      <c r="D103">
+        <v>2543</v>
       </c>
       <c r="E103" t="s">
         <v>36</v>
       </c>
       <c r="F103" t="s">
         <v>51</v>
       </c>
       <c r="G103" t="s">
         <v>58</v>
       </c>
       <c r="H103">
         <v>10</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
         <v>171</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
         <v>83.64</v>
       </c>